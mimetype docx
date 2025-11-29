--- v0 (2025-10-23)
+++ v1 (2025-11-29)
@@ -1,116 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="3B921FE8" w14:textId="76F590B7" w:rsidR="003E667F" w:rsidRDefault="00CE328E" w:rsidP="003E667F">
+    <w:p w14:paraId="3B921FE8" w14:textId="27C7967D" w:rsidR="003E667F" w:rsidRDefault="00CE328E" w:rsidP="003E667F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="003E667F" w:rsidRPr="00243F0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">kabelon til </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ændr</w:t>
       </w:r>
-      <w:r w:rsidR="00007AF2">
+      <w:r w:rsidR="001B1328">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ingsforslag – korpsrådsmøde 202</w:t>
-[...9 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>ingsforslag – korpsrådsmøde 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C329EF8" w14:textId="77777777" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="003E667F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D0959AD" w14:textId="7D5F647D" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="00CE328E" w:rsidP="003E667F">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -118,80 +104,167 @@
         <w:t>Hovedforslag</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9747"/>
       </w:tblGrid>
       <w:tr w:rsidR="003E667F" w:rsidRPr="00BC76FF" w14:paraId="600F6A40" w14:textId="77777777" w:rsidTr="004C7A1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC2038F" w14:textId="7201F9D5" w:rsidR="003E667F" w:rsidRPr="00CE328E" w:rsidRDefault="003E667F" w:rsidP="00CE328E">
+          <w:p w14:paraId="5AC2038F" w14:textId="231DC713" w:rsidR="003E667F" w:rsidRPr="00CE328E" w:rsidRDefault="003E667F" w:rsidP="00CE328E">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE328E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Her skrives </w:t>
             </w:r>
             <w:r w:rsidR="00CE328E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">hvilket hovedforslag, som ændringsforslaget vedrører (f.eks. V3 eller B1). </w:t>
+              <w:t>hvilket hovedforslag, som ændringsforsla</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1328">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>get vedrører (f.eks. V1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A6C0944" w14:textId="77777777" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="003E667F">
+    <w:p w14:paraId="4A6C0944" w14:textId="77777777" w:rsidR="003E667F" w:rsidRDefault="003E667F" w:rsidP="003E667F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A5209C2" w14:textId="77777777" w:rsidR="005A7230" w:rsidRDefault="005A7230" w:rsidP="005A7230">
+      <w:pPr>
+        <w:pStyle w:val="Overskrift1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Titel</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9747"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A7230" w14:paraId="43AC0AA2" w14:textId="77777777" w:rsidTr="005A7230">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="784D2C5E" w14:textId="132A1EF7" w:rsidR="005A7230" w:rsidRDefault="005A7230">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="00B050"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Her gives ændringsforslaget en sigende titel, der kommunikerer ændringsforslagets emne til læseren. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6D1B399C" w14:textId="77777777" w:rsidR="005A7230" w:rsidRPr="00BC76FF" w:rsidRDefault="005A7230" w:rsidP="003E667F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DAC64C0" w14:textId="77777777" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="003E667F">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC76FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Forslag</w:t>
       </w:r>
@@ -455,51 +528,67 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC76FF">
         <w:rPr>
           <w:rStyle w:val="Overskrift1Tegn"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Forslagsstillere</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="151C40AA" w14:textId="34450CEE" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="003E667F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC76FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>(min. 3 medlemmer af korpsrådet fra 3 forskellige enheder eller af korpsledelsen</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC76FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>min.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC76FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 medlemmer af korpsrådet fra 3 forskellige enheder eller af korpsledelsen</w:t>
       </w:r>
       <w:r w:rsidR="0049495F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC76FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> jf. §</w:t>
       </w:r>
       <w:r w:rsidR="00A455E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC76FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1186,200 +1275,184 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vær opmærksom på, at bemærkningerne ikke bliver trykt i beslutningsdokumentet</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1077052A" w14:textId="77777777" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="004C7A1B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C9911EE" w14:textId="77777777" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="003E667F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="053C5AF1" w14:textId="23668B7B" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="00CE328E">
+    <w:p w14:paraId="053C5AF1" w14:textId="3790FF01" w:rsidR="003E667F" w:rsidRPr="00BC76FF" w:rsidRDefault="003E667F" w:rsidP="00CE328E">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC76FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Sendes til </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00DF0F0D" w:rsidRPr="004E1033">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>forslag@dds.dk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00007AF2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> senest kl. 19:00 lørdag den 1</w:t>
+      <w:r w:rsidR="001B1328">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> senest kl. 19:00 lørdag den 15. november 2025</w:t>
       </w:r>
-      <w:r w:rsidR="005747F4">
-[...16 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00CE328E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD26D68" w14:textId="77777777" w:rsidR="00981E41" w:rsidRDefault="00981E41"/>
     <w:sectPr w:rsidR="00981E41">
-      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66623A67" w14:textId="77777777" w:rsidR="00A52923" w:rsidRDefault="00A52923" w:rsidP="003E667F">
+    <w:p w14:paraId="2304D96C" w14:textId="77777777" w:rsidR="009631C9" w:rsidRDefault="009631C9" w:rsidP="003E667F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="585DBF88" w14:textId="77777777" w:rsidR="00A52923" w:rsidRDefault="00A52923" w:rsidP="003E667F">
+    <w:p w14:paraId="3BD04947" w14:textId="77777777" w:rsidR="009631C9" w:rsidRDefault="009631C9" w:rsidP="003E667F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="565AFF6A" w14:textId="77777777" w:rsidR="00A52923" w:rsidRDefault="00A52923" w:rsidP="003E667F">
+    <w:p w14:paraId="2DD70C76" w14:textId="77777777" w:rsidR="009631C9" w:rsidRDefault="009631C9" w:rsidP="003E667F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="785DC603" w14:textId="77777777" w:rsidR="00A52923" w:rsidRDefault="00A52923" w:rsidP="003E667F">
+    <w:p w14:paraId="2E9D598C" w14:textId="77777777" w:rsidR="009631C9" w:rsidRDefault="009631C9" w:rsidP="003E667F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4DFE12CE" w14:textId="21EA5062" w:rsidR="003E667F" w:rsidRDefault="003E667F">
     <w:pPr>
       <w:pStyle w:val="Sidehoved"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="da-DK"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="351A80B7" wp14:editId="4AD2C952">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="topMargin">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="2087880" cy="946150"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Billede 3" descr="logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1413,144 +1486,142 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E667F"/>
-    <w:rsid w:val="00007AF2"/>
     <w:rsid w:val="00053D4A"/>
+    <w:rsid w:val="001B1328"/>
     <w:rsid w:val="002D4970"/>
     <w:rsid w:val="003322AB"/>
     <w:rsid w:val="003839A7"/>
     <w:rsid w:val="003E667F"/>
     <w:rsid w:val="004569B6"/>
     <w:rsid w:val="0049495F"/>
-    <w:rsid w:val="004F3D94"/>
-    <w:rsid w:val="005747F4"/>
+    <w:rsid w:val="005A7230"/>
+    <w:rsid w:val="00680CFE"/>
     <w:rsid w:val="006973D7"/>
-    <w:rsid w:val="006E0CAF"/>
+    <w:rsid w:val="009631C9"/>
     <w:rsid w:val="00981E41"/>
     <w:rsid w:val="00A455E7"/>
-    <w:rsid w:val="00A52923"/>
     <w:rsid w:val="00A96BD0"/>
     <w:rsid w:val="00B6119B"/>
     <w:rsid w:val="00CE328E"/>
     <w:rsid w:val="00DF0F0D"/>
     <w:rsid w:val="00F542D4"/>
     <w:rsid w:val="00F5611D"/>
     <w:rsid w:val="00F64296"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="da-DK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="72FFE050"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9E255496-D8A7-45CA-B9BC-182D288C5E5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="da-DK" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1878,55 +1949,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E667F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Overskrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Overskrift1Tegn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003E667F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
@@ -2012,58 +2078,73 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidefodTegn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003E667F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidefodTegn">
     <w:name w:val="Sidefod Tegn"/>
     <w:basedOn w:val="Standardskrifttypeiafsnit"/>
     <w:link w:val="Sidefod"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003E667F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1753500653">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forslag@dds.dk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forslag@dds.dk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2321,360 +2402,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...291 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>146</Words>
-  <Characters>893</Characters>
+  <Words>160</Words>
+  <Characters>980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1037</CharactersWithSpaces>
+  <CharactersWithSpaces>1138</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anders Dybkjær Skøttegaard</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>