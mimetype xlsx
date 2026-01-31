--- v0 (2025-10-10)
+++ v1 (2026-01-31)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://korpskontoret-my.sharepoint.com/personal/ads_dds_dk/Documents/Skrivebord/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://korpskontoret-my.sharepoint.com/personal/jbs_dds_dk/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{026F9ADF-F6B8-4E46-AC5E-84964767DC5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{78AC715E-7CDA-44EB-873A-2208234FE9F3}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EEFAEE68-D35F-4D77-9CBC-4B1CC70E5A0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="23236" windowHeight="13875" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Skabelon" sheetId="5" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Ulrik - Privat visning" guid="{23EFF4A1-0A40-11D4-BD42-444553540001}" mergeInterval="0" personalView="1" maximized="1" windowWidth="796" windowHeight="429" activeSheetId="2" showStatusbar="0" showComments="commNone"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H15" i="5" l="1"/>
@@ -1005,63 +1005,63 @@
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J46"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="A17" sqref="A17:G17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="19.42578125" customWidth="1"/>
+    <col min="1" max="1" width="19.46484375" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
-    <col min="4" max="4" width="6.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="3.42578125" customWidth="1"/>
+    <col min="4" max="4" width="6.46484375" customWidth="1"/>
+    <col min="5" max="5" width="4.6640625" customWidth="1"/>
+    <col min="6" max="6" width="3.6640625" customWidth="1"/>
+    <col min="7" max="7" width="18.1328125" customWidth="1"/>
+    <col min="8" max="8" width="18.6640625" customWidth="1"/>
+    <col min="9" max="9" width="3.46484375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="18">
+    <row r="1" spans="1:10" ht="17.25">
       <c r="B1" s="16"/>
       <c r="J1" s="1"/>
     </row>
     <row r="7" spans="1:10" ht="15.75" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="11"/>
     </row>
     <row r="8" spans="1:10" ht="15.75" customHeight="1">
       <c r="A8" s="20" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="5"/>
       <c r="E8" s="19"/>
     </row>
     <row r="9" spans="1:10" ht="12.75" customHeight="1"/>
     <row r="10" spans="1:10" ht="18" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="21"/>
@@ -1110,72 +1110,72 @@
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="21"/>
     </row>
     <row r="14" spans="1:10" ht="18" customHeight="1">
       <c r="A14" s="2"/>
       <c r="B14" s="22"/>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="22"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
     </row>
     <row r="15" spans="1:10" ht="18" customHeight="1">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="13">
         <v>2.23</v>
       </c>
       <c r="E15" s="17">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="12">
         <f>SUM(B15*D15)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="18" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="13">
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="E16" s="17">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="12">
         <f>SUM(B16*D16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="18" customHeight="1" thickBot="1">
       <c r="A17" s="25" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="8">
         <f>SUM(H16:H16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="18" customHeight="1" thickTop="1">
       <c r="A18" s="5" t="s">
@@ -1313,74 +1313,74 @@
       <c r="G37" s="21"/>
       <c r="H37" s="21"/>
     </row>
     <row r="38" spans="1:8" ht="18" customHeight="1">
       <c r="A38" s="2"/>
       <c r="B38" s="22"/>
       <c r="C38" s="22"/>
       <c r="D38" s="22"/>
       <c r="E38" s="22"/>
       <c r="F38" s="22"/>
       <c r="G38" s="22"/>
       <c r="H38" s="22"/>
     </row>
     <row r="39" spans="1:8" ht="18" customHeight="1">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="18">
         <f>+D15</f>
         <v>2.23</v>
       </c>
       <c r="E39" s="17">
         <f>+E15</f>
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="12">
         <f>SUM(B39*D39)</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8" ht="18" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B40" s="11"/>
       <c r="C40" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D40" s="15">
         <f>+D16</f>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="E40" s="17">
         <f>+E16</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="12">
         <f>SUM(B40*D40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8" ht="18" customHeight="1" thickBot="1">
       <c r="A41" s="25" t="s">
         <v>0</v>
       </c>
       <c r="B41" s="25"/>
       <c r="C41" s="25"/>
       <c r="D41" s="25"/>
       <c r="E41" s="25"/>
       <c r="F41" s="25"/>
       <c r="G41" s="25"/>
       <c r="H41" s="8">
         <f>SUM(H40:H40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="18" customHeight="1" thickTop="1">
       <c r="A42" s="5" t="s">