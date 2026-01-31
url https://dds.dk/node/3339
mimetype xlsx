--- v0 (2025-10-10)
+++ v1 (2026-01-31)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://korpskontoret-my.sharepoint.com/personal/ads_dds_dk/Documents/Skrivebord/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://korpskontoret-my.sharepoint.com/personal/jbs_dds_dk/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="8_{B0028DFA-F637-4839-B381-9BE158395C57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{81CBF243-90CA-4603-984F-171CF8C85050}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D120162F-E345-49CC-92F7-E208442F3F55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="23236" windowHeight="13875" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E20" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="E19" i="1"/>
+  <c r="E19" i="1" l="1"/>
   <c r="F19" i="1" s="1"/>
   <c r="F18" i="1"/>
   <c r="D31" i="1"/>
-  <c r="E22" i="1" l="1"/>
+  <c r="E20" i="1" l="1"/>
+  <c r="E21" i="1" s="1"/>
+  <c r="E22" i="1"/>
   <c r="F22" i="1" s="1"/>
   <c r="F21" i="1"/>
   <c r="F20" i="1"/>
   <c r="E23" i="1" l="1"/>
   <c r="E24" i="1" s="1"/>
   <c r="F23" i="1" l="1"/>
   <c r="F24" i="1"/>
   <c r="E25" i="1"/>
   <c r="E26" i="1" l="1"/>
   <c r="F25" i="1"/>
   <c r="F26" i="1" l="1"/>
   <c r="E27" i="1"/>
   <c r="E28" i="1" l="1"/>
   <c r="F27" i="1"/>
   <c r="E29" i="1" l="1"/>
   <c r="F29" i="1" s="1"/>
   <c r="F28" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="21">
   <si>
     <t>Kørslens formål</t>
   </si>
@@ -821,388 +821,388 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:G41"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" workbookViewId="0">
-      <selection activeCell="D18" sqref="D18"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="10.140625" customWidth="1"/>
+    <col min="1" max="1" width="15.6640625" customWidth="1"/>
+    <col min="2" max="2" width="52.33203125" customWidth="1"/>
+    <col min="3" max="3" width="31.6640625" customWidth="1"/>
+    <col min="4" max="4" width="10.6640625" customWidth="1"/>
+    <col min="5" max="5" width="10.1328125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
-    <col min="7" max="9" width="8.7109375" customWidth="1"/>
+    <col min="7" max="9" width="8.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:6" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:6" ht="25.15" x14ac:dyDescent="0.7">
       <c r="B3" s="13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="6" spans="1:6" ht="25.5" thickBot="1" x14ac:dyDescent="0.75">
       <c r="B6" s="12"/>
       <c r="C6" s="14" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="13">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" ht="13.9" x14ac:dyDescent="0.4">
       <c r="A8" s="3"/>
       <c r="B8" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A9" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="11"/>
     </row>
-    <row r="10" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="5"/>
       <c r="D10" s="11"/>
     </row>
-    <row r="11" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5"/>
       <c r="D11" s="11"/>
     </row>
-    <row r="12" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="6"/>
       <c r="D12" s="11"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:6" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="D13" s="24"/>
       <c r="E13" s="11"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:6" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A14" s="1"/>
       <c r="B14" s="20"/>
       <c r="C14" s="27"/>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:6" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A17" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="7"/>
       <c r="F17" s="6"/>
       <c r="G17" s="20"/>
     </row>
-    <row r="18" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="25">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="22"/>
       <c r="E18" s="21">
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F18" s="19">
         <f>D18*E18</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26"/>
       <c r="B19" s="15"/>
       <c r="C19" s="10"/>
       <c r="D19" s="23"/>
       <c r="E19" s="21">
         <f>+E18</f>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F19" s="19">
         <f t="shared" ref="F19:F29" si="0">D19*E19</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="10"/>
       <c r="B20" s="15"/>
       <c r="C20" s="15"/>
       <c r="D20" s="23"/>
       <c r="E20" s="21">
         <f>+E19</f>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F20" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="10"/>
       <c r="B21" s="15"/>
       <c r="C21" s="15"/>
       <c r="D21" s="23"/>
       <c r="E21" s="21">
         <f>+E20</f>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="10"/>
       <c r="B22" s="15"/>
       <c r="C22" s="15"/>
       <c r="D22" s="23"/>
       <c r="E22" s="21">
         <f t="shared" ref="E22:E29" si="1">+E21</f>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="10"/>
       <c r="B23" s="15"/>
       <c r="C23" s="15"/>
       <c r="D23" s="23"/>
       <c r="E23" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F23" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="10"/>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="23"/>
       <c r="E24" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F24" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="10"/>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="23"/>
       <c r="E25" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F25" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="10"/>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="23"/>
       <c r="E26" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F26" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="10"/>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="23"/>
       <c r="E27" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F27" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="10"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15"/>
       <c r="D28" s="23"/>
       <c r="E28" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F28" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="10"/>
       <c r="B29" s="15"/>
       <c r="C29" s="15"/>
       <c r="D29" s="23"/>
       <c r="E29" s="21">
         <f t="shared" si="1"/>
-        <v>2.23</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="F29" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
       <c r="E30" s="18"/>
     </row>
-    <row r="31" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" ht="15.4" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A31" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B31" s="11"/>
       <c r="D31" s="17">
         <f>SUM(D18:D30)</f>
         <v>0</v>
       </c>
       <c r="E31" s="18"/>
       <c r="F31" s="16"/>
     </row>
-    <row r="34" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A34" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B34" s="6"/>
       <c r="C34" s="27"/>
     </row>
-    <row r="35" spans="1:3" ht="15" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:3" ht="15" x14ac:dyDescent="0.4">
       <c r="A35" s="28"/>
       <c r="B35" s="1"/>
       <c r="C35" s="8"/>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:3" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="8"/>
     </row>
-    <row r="37" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A37" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B37" s="6"/>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:3" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A38" s="1"/>
     </row>
-    <row r="40" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A40" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B40" s="29"/>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B41" s="30" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D14:F14"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>